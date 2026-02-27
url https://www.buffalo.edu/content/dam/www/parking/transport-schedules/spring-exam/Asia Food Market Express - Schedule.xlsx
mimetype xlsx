--- v0 (2025-12-23)
+++ v1 (2026-02-27)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\First Transit -Transdev - WeDriveU\Spring 2025\Shopping Shuttle\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\First Transit -Transdev - WeDriveU\Spring 2026\Shopping Shuttle\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88782DFC-1579-4267-BA78-E98DE9D3B670}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{52835DA9-62E8-41D0-A289-1E4CDFA2FF8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="15585" windowHeight="11385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="30315" yWindow="1560" windowWidth="25515" windowHeight="13560" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Asia Food Market Tuesday" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Asia Food Market Tuesday'!$A$1:$B$13</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Asia Food Market Tuesday'!$A$1:$B$11</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3" uniqueCount="3">
   <si>
     <t>Depart Ellicott</t>
   </si>
   <si>
     <t>Depart Asia Market</t>
   </si>
   <si>
     <t>All information in this document is available at www.buffalo.edu/parking/getting-around-UB/bus/bus-schedules</t>
-  </si>
-[...1 lines deleted...]
-    <t>no pickup</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -467,55 +464,53 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.buffalo.edu/parking/getting-around-UB/bus/bus-schedules.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:B13"/>
+  <dimension ref="A2:B12"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:2" ht="129.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A4" s="1">
         <v>0.625</v>
       </c>
       <c r="B4" s="2">
         <v>0.13541666666666699</v>
@@ -556,60 +551,52 @@
     <row r="9" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A9" s="2">
         <v>0.22916666666666666</v>
       </c>
       <c r="B9" s="3">
         <v>0.23958333333333334</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A10" s="2">
         <v>0.25</v>
       </c>
       <c r="B10" s="2">
         <v>0.26041666666666669</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A11" s="2">
         <v>0.27083333333333331</v>
       </c>
       <c r="B11" s="3">
         <v>0.28125</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A12" s="2" t="s">
-[...8 lines deleted...]
-      <c r="B13" s="6"/>
+      <c r="A12" s="6"/>
+      <c r="B12" s="6"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;18&amp;G
  ASIA FOOD MARKET EXPRESS SCHEDULE
  OPERATES TUESDAYS ONLY 3pm - 7pm</oddHeader>
     <oddFooter>&amp;C&amp;8Questions? Comments? Concerns?
 Phone: 716-645-3943
 E-mail: transportation@buffalo.edu
 Web: buffalo.edu/parking</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>